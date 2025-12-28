--- v0 (2025-11-08)
+++ v1 (2025-12-28)
@@ -7,139 +7,157 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="Users Report" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="95">
   <si>
     <t xml:space="preserve">نام</t>
   </si>
   <si>
     <t xml:space="preserve">نام خانوادگی</t>
   </si>
   <si>
     <t xml:space="preserve">کدملی</t>
   </si>
   <si>
     <t xml:space="preserve">تلفن</t>
   </si>
   <si>
     <t xml:space="preserve">فروشگاه</t>
   </si>
   <si>
     <t xml:space="preserve">نوع فعالیت</t>
   </si>
   <si>
     <t xml:space="preserve">تاریخ ثبت نام</t>
   </si>
   <si>
+    <t xml:space="preserve"/>
+  </si>
+  <si>
+    <t xml:space="preserve">09155659754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">سایر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1404/10/02</t>
+  </si>
+  <si>
+    <t xml:space="preserve">حمید رضا </t>
+  </si>
+  <si>
+    <t xml:space="preserve">غله کار</t>
+  </si>
+  <si>
+    <t xml:space="preserve">09173146425</t>
+  </si>
+  <si>
+    <t xml:space="preserve">سرمایه گذار و سازنده</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1404/09/16</t>
+  </si>
+  <si>
     <t xml:space="preserve">آرمان </t>
   </si>
   <si>
     <t xml:space="preserve">مهبودی</t>
   </si>
   <si>
-    <t xml:space="preserve"/>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">09177347871</t>
   </si>
   <si>
-    <t xml:space="preserve">سرمایه گذار و سازنده</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">1404/07/14</t>
   </si>
   <si>
     <t xml:space="preserve">محمدرضا </t>
   </si>
   <si>
     <t xml:space="preserve">وزيرى</t>
   </si>
   <si>
     <t xml:space="preserve">09176063003</t>
   </si>
   <si>
     <t xml:space="preserve">1404/07/11</t>
   </si>
   <si>
     <t xml:space="preserve">محمود</t>
   </si>
   <si>
     <t xml:space="preserve">احمدي</t>
   </si>
   <si>
     <t xml:space="preserve">09393098898</t>
   </si>
   <si>
     <t xml:space="preserve">1404/07/10</t>
   </si>
   <si>
     <t xml:space="preserve">سامان</t>
   </si>
   <si>
     <t xml:space="preserve">خواجه</t>
   </si>
   <si>
     <t xml:space="preserve">09177001370</t>
   </si>
   <si>
     <t xml:space="preserve">1404/07/09</t>
   </si>
   <si>
     <t xml:space="preserve">مهدی </t>
   </si>
   <si>
     <t xml:space="preserve">زارع</t>
   </si>
   <si>
     <t xml:space="preserve">09177173812</t>
   </si>
   <si>
-    <t xml:space="preserve">سایر</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">09177173377</t>
   </si>
   <si>
     <t xml:space="preserve">بتن امیران</t>
   </si>
   <si>
     <t xml:space="preserve">تامین کنندگان مصالح</t>
   </si>
   <si>
     <t xml:space="preserve">1404/07/08</t>
   </si>
   <si>
     <t xml:space="preserve">09025214022</t>
   </si>
   <si>
     <t xml:space="preserve">دسته بندی </t>
   </si>
   <si>
     <t xml:space="preserve">1404/05/01</t>
   </si>
   <si>
     <t xml:space="preserve">09177715014</t>
   </si>
   <si>
     <t xml:space="preserve">1404/03/20</t>
@@ -210,51 +228,51 @@
   <si>
     <t xml:space="preserve">1403/12/22</t>
   </si>
   <si>
     <t xml:space="preserve">09376466020</t>
   </si>
   <si>
     <t xml:space="preserve">فروشگاه ساختمانی ملل</t>
   </si>
   <si>
     <t xml:space="preserve">1403/12/21</t>
   </si>
   <si>
     <t xml:space="preserve">آرش</t>
   </si>
   <si>
     <t xml:space="preserve">استوان</t>
   </si>
   <si>
     <t xml:space="preserve">2372491611</t>
   </si>
   <si>
     <t xml:space="preserve">09177150147</t>
   </si>
   <si>
-    <t xml:space="preserve">فروشگاه لوازم ساختمانی 0917</t>
+    <t xml:space="preserve">فروشگاه لوازم ساختمانی</t>
   </si>
   <si>
     <t xml:space="preserve">احسان</t>
   </si>
   <si>
     <t xml:space="preserve">شاهسونی</t>
   </si>
   <si>
     <t xml:space="preserve">09172033053</t>
   </si>
   <si>
     <t xml:space="preserve">1403/12/19</t>
   </si>
   <si>
     <t xml:space="preserve">09029214022</t>
   </si>
   <si>
     <t xml:space="preserve">string</t>
   </si>
   <si>
     <t xml:space="preserve">2300723786</t>
   </si>
   <si>
     <t xml:space="preserve">09178114122</t>
   </si>
@@ -321,569 +339,615 @@
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView tabSelected="1" showRuler="1" showOutlineSymbols="1" defaultGridColor="1" colorId="64" zoomScale="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.43" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.450000000000001" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.850000000000001" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.05" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="22.8" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="17.85" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.75" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="0" t="s">
         <v>8</v>
       </c>
-      <c r="C2" s="0" t="s">
+      <c r="E2" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="F2" s="0" t="s">
         <v>9</v>
       </c>
-      <c r="D2" s="0" t="s">
+      <c r="G2" s="0" t="s">
         <v>10</v>
-      </c>
-[...7 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
-      <c r="B3" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D3" s="0" t="s">
+      <c r="E3" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="F3" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G3" s="0" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="B4" s="0" t="s">
+      <c r="C4" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="C4" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="0" t="s">
+      <c r="E4" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="F4" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G4" s="0" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="B5" s="0" t="s">
+      <c r="C5" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="C5" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="0" t="s">
+      <c r="E5" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="F5" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" s="0" t="s">
         <v>23</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="B6" s="0" t="s">
+      <c r="C6" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="C6" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="0" t="s">
+      <c r="E6" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="F6" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" s="0" t="s">
         <v>27</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="F7" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="F8" s="0" t="s">
         <v>9</v>
       </c>
-      <c r="B8" s="0" t="s">
-[...11 lines deleted...]
-      <c r="F8" s="0" t="s">
+      <c r="G8" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D9" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="E9" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="0" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="B10" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="C10" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="0" t="s">
+      <c r="E10" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="E10" s="0" t="s">
+      <c r="F10" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="G10" s="0" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D11" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="E11" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="F11" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G11" s="0" t="s">
         <v>43</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D12" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="E12" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="E12" s="0" t="s">
+      <c r="F12" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G12" s="0" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="B13" s="0" t="s">
+      <c r="C13" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="E13" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="F13" s="0" t="s">
         <v>9</v>
       </c>
-      <c r="D13" s="0" t="s">
+      <c r="G13" s="0" t="s">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D14" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="E14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="0" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E16" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" s="0" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="C17" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="E17" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="F17" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" s="0" t="s">
         <v>65</v>
-      </c>
-[...10 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D18" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="E18" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="F18" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="G18" s="0" t="s">
         <v>68</v>
-      </c>
-[...16 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>9</v>
+        <v>69</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>9</v>
+        <v>71</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>72</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>9</v>
+        <v>73</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>74</v>
+        <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>76</v>
+        <v>7</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E21" s="0" t="s">
-        <v>82</v>
+        <v>7</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="E22" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="F22" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="G22" s="0" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="B23" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="C23" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="D22" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="E22" s="0" t="s">
-[...5 lines deleted...]
-      <c r="G22" s="0" t="s">
+      <c r="E23" s="0" t="s">
         <v>88</v>
+      </c>
+      <c r="F23" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" s="0" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="F24" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 